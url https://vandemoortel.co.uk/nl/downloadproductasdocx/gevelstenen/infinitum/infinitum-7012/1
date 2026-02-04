--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -1177,51 +1177,51 @@
               <w:t>&lt; 4 kg/(m².min)  klasse IW3 ( normaal zuigend ) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005C795D" w:rsidRDefault="005C795D" w14:paraId="0C1D0344" w14:textId="5012EF0A">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="159C9FFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
-        <w:t>VERWERKINGSADVIES</w:t>
+        <w:t>VERWERKINGSRICHTLIJNEN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="34B27BA9" w14:textId="13CF925E">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>De bakstenen worden bij de verwerking gemengd uit 5 verschillende pakken. De stenen worden toren per toren afgestapeld. Het bepalen van  de juiste mortelsamenstelling gebeurt in overleg met de mortelleverancier. Vers metselwerk dient steeds afgeschermd te worden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -3222,51 +3222,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>14-10-2025</w:t>
+                            <w:t>04-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>